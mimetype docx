--- v0 (2026-01-03)
+++ v1 (2026-01-11)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="bin" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R462a674617bc469a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R57198fa02f764188" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI"/>
             <w:sz w:val="28"/>
             <w:color w:val="FF0000"/>
           </w:rPr>
-          <w:t>淡江時報 第 1237 期</w:t>
+          <w:t>淡江時報 第 1238 期</w:t>
         </w:r>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI"/>
             <w:sz w:val="32"/>
             <w:color w:val="000000"/>
             <w:b/>
           </w:rPr>
           <w:t>運管系系友捐贈獎助學金 助力學弟妹安心向學</w:t>
         </w:r>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:r>
@@ -70,165 +70,165 @@
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI"/>
             <w:sz w:val="28"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t>【記者顏群倫淡水校園報導】運輸管理學系12月24日中午12時，在B1104教室舉辦「系內獎助學金頒獎典禮」，由系主任陳俊穎主持，共頒發「易緯工程顧問股份有限公司獎助學金」、「淡江大學運輸管理學系簡仁惠先生獎助學金」、「淡江大學運輸管理學系鍾范和妹女士獎助學金」、「運輸管理學系系友會獎助學金」及「淡江大學運輸管理學系學生外語能力檢測獎學金」等5項獎助學金，計有12位學生獲獎。
 </w:t>
           <w:br/>
           <w:t>今年新增兩項獎助學金。「淡江大學運輸管理學系簡仁惠先生獎助學金」由系友簡子復以其父親之名設立，旨在幫助家境特殊需要或突遭重大變故、急待金錢助學的學生，或努力向學、有特殊優秀表現或熱心公益活動者；「淡江大學運輸管理學系鍾范和妹女士獎助學金」則由系友鍾育欣以其祖母之名設立，除了扶助家境清寒或突遇急難的學生外，也鼓勵成績優異或校外競賽獲獎的學生。
 </w:t>
           <w:br/>
           <w:t>陳俊穎感謝各界捐助獎助學金，尤其充分展現系友對母系發展與培育後進的長期支持。獎助學金制度不僅能實質減輕學生求學期間的經濟負擔，也有助於學生專注課業學習與多元發展，累積專業能力與實務經驗。他同時指出，系上將持續整合系友與產業資源，為有志投入運輸、物流與智慧交通領域的學生，打造更具吸引力且和競爭力的學習發展舞台。</w:t>
           <w:br/>
         </w:r>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:r>
           <w:drawing>
             <wp:inline xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0" wp14:editId="50D07946">
               <wp:extent cx="4876800" cy="2164080"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="IMG_af0037f9"/>
+              <wp:docPr id="1" name="IMG_13bdda20"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
                       <pic:cNvPr id="0" name="C:\home\site\wwwroot\wwwroot/Photos/2025-12/m\c4e9ce0b-ba96-4a6e-8ca5-ed67f51eeea0.jpg"/>
                       <pic:cNvPicPr/>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Rdf6b6e1621574cec" cstate="print">
+                      <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R823135462dab4b8b" cstate="print">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}"/>
                         </a:extLst>
                       </a:blip>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4876800" cy="2164080"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:r>
           <w:drawing>
             <wp:inline xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0" wp14:editId="50D07946">
               <wp:extent cx="4876800" cy="3657600"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="IMG_986f02cf"/>
+              <wp:docPr id="1" name="IMG_92371997"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
                       <pic:cNvPr id="0" name="C:\home\site\wwwroot\wwwroot/Photos/2025-12/m\63bd8fd0-b1d8-4b97-a217-cc6f7b1d81c4.jpg"/>
                       <pic:cNvPicPr/>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R647d09199e494289" cstate="print">
+                      <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R52d638b6f76843dd" cstate="print">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}"/>
                         </a:extLst>
                       </a:blip>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4876800" cy="3657600"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:r>
           <w:drawing>
             <wp:inline xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0" wp14:editId="50D07946">
               <wp:extent cx="4876800" cy="3651504"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="IMG_74f85db9"/>
+              <wp:docPr id="1" name="IMG_c3015e4a"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
                       <pic:cNvPr id="0" name="C:\home\site\wwwroot\wwwroot/Photos/2025-12/m\9411f8de-781c-406f-ba76-ab67cdb93638.jpg"/>
                       <pic:cNvPicPr/>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R8d2350045400486f" cstate="print">
+                      <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R385bda60b0274941" cstate="print">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}"/>
                         </a:extLst>
                       </a:blip>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4876800" cy="3651504"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.bin" Id="Rdf6b6e1621574cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.bin" Id="R647d09199e494289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.bin" Id="R8d2350045400486f" /></Relationships>
-</file>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.bin" Id="R823135462dab4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.bin" Id="R52d638b6f76843dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.bin" Id="R385bda60b0274941" /></Relationships>
+</file>